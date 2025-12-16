--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red95bdc9bd484bd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c37d07c56494d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf279fa438b74395"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a59d1146a9142a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e07fb2da0d04e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf279fa438b74395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R751f27d7591d4598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a59d1146a9142a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...553 lines deleted...]
-          <x:t>166,114</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>