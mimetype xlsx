--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c37d07c56494d39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8281871286b248c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a59d1146a9142a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d94f63213d4838"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R751f27d7591d4598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a59d1146a9142a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31d372d6b7bc48b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d94f63213d4838" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>