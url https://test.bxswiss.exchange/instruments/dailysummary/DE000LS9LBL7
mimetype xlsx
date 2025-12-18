--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R894c0d18b6154f44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfff65f8c4ee84525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R448a1076408247ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcb1e2582845406a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a2a6e4798534bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R448a1076408247ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re577f54ec79f4333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcb1e2582845406a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien für Gegenwart und Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>102,663</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>