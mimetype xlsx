--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfff65f8c4ee84525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4766c2af28048f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcb1e2582845406a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46bf8b16759d4109"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re577f54ec79f4333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcb1e2582845406a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dfbc398bb414d00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46bf8b16759d4109" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien für Gegenwart und Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>