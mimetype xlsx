--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R664ddfd7b6964d61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2538dfcc78d547c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa8f312459214010"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc42b3102f5234222"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3297140802884143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa8f312459214010" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc8bdd8622f461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc42b3102f5234222" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worlds Finest Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...522 lines deleted...]
-          <x:t>167,535</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,984</x:t>
-[...53 lines deleted...]
-          <x:t>168,581</x:t>
+          <x:t>166,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>