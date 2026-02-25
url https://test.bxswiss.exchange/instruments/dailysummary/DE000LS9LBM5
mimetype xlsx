--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2538dfcc78d547c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dffb21eefc44ac6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc42b3102f5234222"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabc84e3ca7744d0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc8bdd8622f461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc42b3102f5234222" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cd44baaaca449ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabc84e3ca7744d0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worlds Finest Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>165,662</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,164</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>165,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>