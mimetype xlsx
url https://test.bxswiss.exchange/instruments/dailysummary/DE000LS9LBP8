--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb42c08fafad0400a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1b5832ccae14d7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f890c5825754045"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R590ba25ea1bb4f8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7df997067634eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f890c5825754045" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb15403bf8a644daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R590ba25ea1bb4f8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCHOKOLADE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>154,333</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>