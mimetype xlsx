--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1b5832ccae14d7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7379eded3e6463a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R590ba25ea1bb4f8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0259667086846ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb15403bf8a644daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R590ba25ea1bb4f8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdac62c836904f71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0259667086846ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCHOKOLADE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,886</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>