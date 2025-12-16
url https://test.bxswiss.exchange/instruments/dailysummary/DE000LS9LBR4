--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5310d7856d314b7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b53d945028f4dc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0538e3014d874097"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e9d4eaa156a4604"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d2ac4ec55024647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0538e3014d874097" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24ccb9dfceb34ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e9d4eaa156a4604" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Future Return</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>195,088</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>