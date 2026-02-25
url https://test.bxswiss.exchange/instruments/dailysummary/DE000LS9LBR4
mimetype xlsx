--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b53d945028f4dc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8123098244954471" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e9d4eaa156a4604"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R141c7d252ea849c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24ccb9dfceb34ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e9d4eaa156a4604" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa93e6c27aa3407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R141c7d252ea849c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Future Return</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>