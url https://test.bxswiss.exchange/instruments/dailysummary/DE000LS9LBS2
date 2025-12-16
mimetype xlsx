--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff04f574e05c4cf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37671698703d4ff4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R794ade6ada6b4430"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6d64874868e4434"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43384426694640d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R794ade6ada6b4430" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bcbec8dddbe472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6d64874868e4434" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Term Opportunity Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>135,097</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>