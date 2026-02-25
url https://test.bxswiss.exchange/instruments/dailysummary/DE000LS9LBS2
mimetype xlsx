--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37671698703d4ff4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e86bd89da4349ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6d64874868e4434"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6614cac14e66440c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bcbec8dddbe472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6d64874868e4434" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re87c87cba0044ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6614cac14e66440c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Term Opportunity Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>140,893</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,949</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>140,738</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>