--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26064dacafe94e1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf35bd884c52f4377" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84ddaafefd104960"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R507d6a4dc01d49fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e30925d9ccc480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84ddaafefd104960" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda53789443924cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R507d6a4dc01d49fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertsachen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>152,361</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>