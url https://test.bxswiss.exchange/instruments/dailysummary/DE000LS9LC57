--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf35bd884c52f4377" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29dc5115e6bc41a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R507d6a4dc01d49fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a5e60eb59f4859"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda53789443924cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R507d6a4dc01d49fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f9285769cdd41ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a5e60eb59f4859" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertsachen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>