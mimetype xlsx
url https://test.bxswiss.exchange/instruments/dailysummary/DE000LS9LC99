--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676a91c3343d42c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83b5ce9799e4e4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R939f7aa6d5a54ea1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf491aefd3bf845db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62d913f4c2464c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R939f7aa6d5a54ea1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e98665fe9d3481b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf491aefd3bf845db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chartaner - folge dem Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,661</x:t>
-[...495 lines deleted...]
-          <x:t>165,005</x:t>
+          <x:t>163,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>