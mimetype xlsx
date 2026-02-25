--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83b5ce9799e4e4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52ef1663cb6a4096" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf491aefd3bf845db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdab608052eba47c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e98665fe9d3481b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf491aefd3bf845db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00f8bc63beb64cfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdab608052eba47c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chartaner - folge dem Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>