--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raee4ba286dbd4645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32c989de6b14451b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R551a9af92d464900"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R578c22bde8c94e0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b9dc20040314228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R551a9af92d464900" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ff14789c64e4038" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R578c22bde8c94e0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,173</x:t>
-[...252 lines deleted...]
-          <x:t>129,580</x:t>
+          <x:t>128,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>