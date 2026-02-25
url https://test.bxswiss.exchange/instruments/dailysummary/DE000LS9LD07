--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32c989de6b14451b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae43f0b4a92c40a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R578c22bde8c94e0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R746528b7170b4e4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ff14789c64e4038" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R578c22bde8c94e0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8824025306574e6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R746528b7170b4e4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>