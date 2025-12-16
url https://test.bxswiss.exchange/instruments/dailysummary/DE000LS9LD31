--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac6bd39cd7194bbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86c9c297eef4483c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44e5842b3e6942a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R743e055edd4a40d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R350dc5eb8db94189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44e5842b3e6942a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R924927431dd24183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R743e055edd4a40d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte Quantitativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>194,485</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>