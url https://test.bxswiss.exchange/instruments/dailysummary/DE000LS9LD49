--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c07ee7953a54c95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce65291b270464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9cb7eb431b24a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5f305e557754ae1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5beb9fd99b66409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9cb7eb431b24a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6782d026fd7c4266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5f305e557754ae1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienauswahl nach Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>227,544</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>