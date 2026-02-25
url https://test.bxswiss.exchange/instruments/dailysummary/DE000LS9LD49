--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce65291b270464c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7ea705b2c854cb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5f305e557754ae1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R740500475e7a4c28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6782d026fd7c4266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5f305e557754ae1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3863f0767394b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R740500475e7a4c28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienauswahl nach Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>241,738</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>241,509</x:t>
-[...166 lines deleted...]
-          <x:t>240,405</x:t>
+          <x:t>247,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>