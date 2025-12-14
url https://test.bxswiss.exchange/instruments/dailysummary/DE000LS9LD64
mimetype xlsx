--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f94e0c84d8244e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d5071cb7d3f4b75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6f2f74f36314400"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe8c7b0bf0734b9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cb635b51c544cfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6f2f74f36314400" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R326808ca78084483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe8c7b0bf0734b9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Woddicks Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>191,358</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>