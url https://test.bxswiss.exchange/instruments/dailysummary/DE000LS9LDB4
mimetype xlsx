--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb73ac9f8a2c94c51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bc8535c665f46b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6a37c3bfa1e4bf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0d0e3996d174f96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra99eccec383a4164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6a37c3bfa1e4bf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43746d080c6342e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0d0e3996d174f96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDENDEN-CHAMPIONS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>131,137</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>