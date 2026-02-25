--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bc8535c665f46b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b173c2442804228" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0d0e3996d174f96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00115ebd0ce64863"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43746d080c6342e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0d0e3996d174f96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R400adf62a7cc4fc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00115ebd0ce64863" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDENDEN-CHAMPIONS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,994</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>139,333</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>