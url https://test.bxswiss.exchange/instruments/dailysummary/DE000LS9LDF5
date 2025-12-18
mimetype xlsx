--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47d2cb4b8fc24ac7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c6bc6dac04b49e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15e97b18fd2a4af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9fa9fa322dd4ffd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R952002ab726940dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15e97b18fd2a4af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4f01d9c60f544d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9fa9fa322dd4ffd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Balanced Opportunity Daxwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,247</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>