--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c6bc6dac04b49e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46af05f99146445d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9fa9fa322dd4ffd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5acf58b81604749"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4f01d9c60f544d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9fa9fa322dd4ffd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09881b60c4b54a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5acf58b81604749" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Balanced Opportunity Daxwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>