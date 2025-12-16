--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reef81209861d4cfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb19f03a65e404ddd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9579b3e821794a1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R092d40b5d7d14bcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb41a0fc23b214c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9579b3e821794a1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2de8ddaaddd447a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R092d40b5d7d14bcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Value Perspective</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>112,631</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>