--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb19f03a65e404ddd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eab86ed55604a77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R092d40b5d7d14bcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1a84311b4e41ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2de8ddaaddd447a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R092d40b5d7d14bcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2605e47ade3547b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1a84311b4e41ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Value Perspective</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>