--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc31c0738afda42a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re60412d7a3864773" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb614d69452a4571"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5bffd3f95764acb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ace19955eb94c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb614d69452a4571" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb041c95f82444f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5bffd3f95764acb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Großkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>73,669</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>