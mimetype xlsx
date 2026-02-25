--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re60412d7a3864773" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ff8e653a5184764" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5bffd3f95764acb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f74e23f59ce4e98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb041c95f82444f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5bffd3f95764acb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3150509ca7f04aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f74e23f59ce4e98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Großkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>72,215</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,607</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>72,891</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,948</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>73,060</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>