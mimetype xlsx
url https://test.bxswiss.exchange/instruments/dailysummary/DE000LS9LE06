--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c550a08b7e440dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf0261c7a1dd4014" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23b4f70445d34a82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75129bfb5a224278"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaa37f9fc2f44a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23b4f70445d34a82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66f19b57ae24454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75129bfb5a224278" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kalamunda Enterprises</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>89,369</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,142</x:t>
-[...200 lines deleted...]
-          <x:t>89,107</x:t>
+          <x:t>89,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,035</x:t>
-[...340 lines deleted...]
-          <x:t>89,113</x:t>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,061</x:t>
-[...4 lines deleted...]
-          <x:t>89,341</x:t>
+          <x:t>89,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>