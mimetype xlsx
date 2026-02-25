--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf0261c7a1dd4014" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94c6208c44d24bd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75129bfb5a224278"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fc469a102374135"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66f19b57ae24454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75129bfb5a224278" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c80d957d37f4767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fc469a102374135" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kalamunda Enterprises</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>88,992</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,819</x:t>
-[...134 lines deleted...]
-          <x:t>89,069</x:t>
+          <x:t>88,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,219</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>89,303</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>