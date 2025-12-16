--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R791e8088d77b4398" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7914db8fa6d248bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra08dc8e3d8bc4610"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racb2970852804b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R663b226a705245b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra08dc8e3d8bc4610" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9583532e39ee41a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racb2970852804b81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DACH Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>163,201</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>