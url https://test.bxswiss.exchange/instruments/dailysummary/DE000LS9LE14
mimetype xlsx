--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7914db8fa6d248bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R198c3c83f9824f4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racb2970852804b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R131c71c484694088"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9583532e39ee41a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racb2970852804b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebce414b9e8342cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R131c71c484694088" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DACH Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>