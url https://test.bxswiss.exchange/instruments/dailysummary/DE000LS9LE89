--- v0 (2025-10-03)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a1322baea564aa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c8b8d11201245ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bdfb831a9394d26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R739f71ebfb2a41c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62cdcef289f74f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bdfb831a9394d26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a63e85c24704bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R739f71ebfb2a41c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien MidCap Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>172,781</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>