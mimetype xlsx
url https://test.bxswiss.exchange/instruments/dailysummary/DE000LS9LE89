--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c8b8d11201245ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c727d0ba2f44589" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R739f71ebfb2a41c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9d1c19caf224bc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a63e85c24704bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R739f71ebfb2a41c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0cbb3a19d694ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9d1c19caf224bc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien MidCap Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,570 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...518 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +224,382 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>