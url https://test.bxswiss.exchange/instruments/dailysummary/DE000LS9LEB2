--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77ff9485a4cc4efa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb813f255e1514b61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re03be47f62ad416d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd872dab150274e66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd12cff2c1b494eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re03be47f62ad416d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6733c2790944102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd872dab150274e66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrielle Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>232,772</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>