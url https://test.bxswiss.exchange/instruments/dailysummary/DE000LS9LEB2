--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb813f255e1514b61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbfb5b45c16748dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd872dab150274e66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39bbd84dd51245de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6733c2790944102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd872dab150274e66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a3822f63e574fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39bbd84dd51245de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrielle Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>