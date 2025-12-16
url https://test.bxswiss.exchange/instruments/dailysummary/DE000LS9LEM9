--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R812cc56408cf40a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbc817deb4a943a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5dbf08aa7b04cfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8d07c2fffc84461"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R581d079aa4784cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5dbf08aa7b04cfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e8765ce991748fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8d07c2fffc84461" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FEUERWASSER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>76,882</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>