--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbc817deb4a943a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43e3f582dbc043a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8d07c2fffc84461"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cc55f3b0a574964"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e8765ce991748fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8d07c2fffc84461" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d7410dc52c4843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cc55f3b0a574964" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FEUERWASSER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>74,811</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,380</x:t>
-[...544 lines deleted...]
-          <x:t>75,702</x:t>
+          <x:t>75,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>