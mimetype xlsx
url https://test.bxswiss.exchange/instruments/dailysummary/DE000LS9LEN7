--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c690c1172054177" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb86f3d43ef3a45e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aafaf42190b4448"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7b12975039642ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R067949e8e4df4cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aafaf42190b4448" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5d4949263e945ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7b12975039642ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BRAUEREIBIER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>97,295</x:t>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,174</x:t>
-[...200 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>97,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,229</x:t>
-[...387 lines deleted...]
-          <x:t>95,381</x:t>
+          <x:t>96,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>