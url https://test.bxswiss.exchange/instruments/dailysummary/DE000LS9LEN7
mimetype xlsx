--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb86f3d43ef3a45e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e590fe7112b40e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7b12975039642ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd823664db5fb4a8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5d4949263e945ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7b12975039642ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dea9a4f632540f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd823664db5fb4a8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BRAUEREIBIER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>96,850</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>98,333</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,972</x:t>
-[...80 lines deleted...]
-          <x:t>98,353</x:t>
+          <x:t>97,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,359</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...235 lines deleted...]
-          <x:t>98,997</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>