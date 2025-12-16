--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R553b7ee15d18478a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea3ea77159314ee3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb652fc23b79b4bf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9782e998fad34f46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9baab756d4664317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb652fc23b79b4bf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R304d985dadbe4aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9782e998fad34f46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...554 lines deleted...]
-          <x:t>148,100</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,372</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>149,980</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>