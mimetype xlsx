--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea3ea77159314ee3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05e7820f19ca4f9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9782e998fad34f46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79ed9b3f0e094158"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R304d985dadbe4aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9782e998fad34f46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref6cef335fc44085" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79ed9b3f0e094158" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...490 lines deleted...]
-          <x:t>148,172</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,153</x:t>
-[...85 lines deleted...]
-          <x:t>148,624</x:t>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>