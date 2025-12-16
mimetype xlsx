--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38ba92b97f464729" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748536c4c5c6462b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra948dde4e0a94477"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R353b994b4227405f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eed735dff2b4aa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra948dde4e0a94477" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b33b27b3de4d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R353b994b4227405f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien weltweit fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LER8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>200,759</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>200,721</x:t>
-[...431 lines deleted...]
-          <x:t>201,487</x:t>
+          <x:t>200,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>