--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748536c4c5c6462b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeda05518f1848e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R353b994b4227405f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3adaacfece874155"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b33b27b3de4d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R353b994b4227405f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf52e3bd5363d42e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3adaacfece874155" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien weltweit fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LER8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>