--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc63ed7816cc144d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R367396b6aea74fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30a8ee670cb94543"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a3aad628ba4871"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bfa25f88d814226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30a8ee670cb94543" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8816e7e217854aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a3aad628ba4871" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>104,099</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>