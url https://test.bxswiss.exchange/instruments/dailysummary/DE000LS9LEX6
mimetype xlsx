--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R367396b6aea74fec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88408a7032aa4999" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a3aad628ba4871"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21db08843b664eb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8816e7e217854aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a3aad628ba4871" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a6f6b90e0a84615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21db08843b664eb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>