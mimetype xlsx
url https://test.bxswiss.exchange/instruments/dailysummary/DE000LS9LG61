--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab7d9ee8906c43a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92e1df2f3e1c451b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re39beb11e9d34e46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39480202b2064aae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccd2c9bd134d4f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re39beb11e9d34e46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref191dd2abb14a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39480202b2064aae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Baker Street Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>137,091</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,194</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>138,078</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,363</x:t>
-[...328 lines deleted...]
-          <x:t>140,605</x:t>
+          <x:t>138,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>