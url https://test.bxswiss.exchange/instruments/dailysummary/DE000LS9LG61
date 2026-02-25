--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92e1df2f3e1c451b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R810fba84cd094f7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39480202b2064aae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf14eb0864f1d4e6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref191dd2abb14a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39480202b2064aae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fab669dedd14643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf14eb0864f1d4e6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Baker Street Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>