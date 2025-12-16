--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf433fb550ef348fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0036a175261453f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1c3b6ec30ea4ab7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aec92bee4694bda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b718be60a99405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1c3b6ec30ea4ab7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1309da22f1c4fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aec92bee4694bda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Gaming und E-Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,512 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>518,615</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>