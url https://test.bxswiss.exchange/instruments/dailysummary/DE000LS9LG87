--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0036a175261453f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ddac214589e4e39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aec92bee4694bda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2bb732c79bd4dba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1309da22f1c4fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aec92bee4694bda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R305c1acb5ce74a56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2bb732c79bd4dba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Gaming und E-Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,512 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...458 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>507,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>509,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>507,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>508,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>