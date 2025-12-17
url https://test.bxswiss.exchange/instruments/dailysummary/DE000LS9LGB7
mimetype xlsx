--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccfbdf7350984f8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e4282c60ea949ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fb3ec8262b54bc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03ca7938ec8e482d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra66da5246c994d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fb3ec8262b54bc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8025c33e35814ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03ca7938ec8e482d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Top Picks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>161,715</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>