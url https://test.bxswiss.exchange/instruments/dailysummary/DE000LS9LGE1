--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d566c300334c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae5192cd92214dec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb624eb7e56334786"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3508397dc49741d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7ff39dff1054197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb624eb7e56334786" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc59265766dca429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3508397dc49741d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Brandz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>117,638</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>