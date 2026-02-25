--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae5192cd92214dec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc266ee65fe9c4046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3508397dc49741d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58b0b36e784849b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc59265766dca429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3508397dc49741d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re396e62571194672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58b0b36e784849b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Brandz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>