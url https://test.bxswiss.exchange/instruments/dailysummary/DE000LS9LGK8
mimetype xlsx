--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75ab8b2c50ec43a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf4f19ad66064d07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8817ebd1c3484392"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9283d39d8a414bf4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71d6d04ed4254224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8817ebd1c3484392" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95501e7824d447e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9283d39d8a414bf4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Young Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>136,509</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>