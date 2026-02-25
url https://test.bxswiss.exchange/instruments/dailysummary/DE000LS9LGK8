--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf4f19ad66064d07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c145aa33b644f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9283d39d8a414bf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R050609ed85a441bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95501e7824d447e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9283d39d8a414bf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74e213dc9a624dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R050609ed85a441bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Young Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>134,245</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>135,253</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>