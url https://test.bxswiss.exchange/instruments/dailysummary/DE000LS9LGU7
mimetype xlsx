--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R195a8311f49e4f10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9a1e9b3592347eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1388c72bd0a4a1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85099334f12d435e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b1ca8916a049a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1388c72bd0a4a1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb21c27f044594103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85099334f12d435e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend MediTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>120,082</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>