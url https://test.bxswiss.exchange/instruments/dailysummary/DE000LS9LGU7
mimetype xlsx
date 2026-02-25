--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9a1e9b3592347eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d0897d7483f4e8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85099334f12d435e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R884cd9811d3a498e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb21c27f044594103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85099334f12d435e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eecf44e420c4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R884cd9811d3a498e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend MediTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>128,615</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,535</x:t>
-[...404 lines deleted...]
-          <x:t>127,306</x:t>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>