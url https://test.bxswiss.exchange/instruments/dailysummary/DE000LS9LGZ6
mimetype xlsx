--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2069e924057e49ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37f59c207e1d4ba6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc669ebd5414f0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69f02478f63649b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc779e089a2f447f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc669ebd5414f0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R963df6be243042e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69f02478f63649b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Medtech Biotech Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>176,922</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>