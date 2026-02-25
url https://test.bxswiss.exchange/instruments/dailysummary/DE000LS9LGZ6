--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37f59c207e1d4ba6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99b35cec8be84389" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69f02478f63649b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6be329570b01436b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R963df6be243042e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69f02478f63649b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cc7c7c43cdb4fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6be329570b01436b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Medtech Biotech Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>