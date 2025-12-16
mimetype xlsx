--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bf40773325146bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7c58ad0d64548b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8099b6171721480b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c2791dba0134619"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5390c95d9c434e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8099b6171721480b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89c2c81f06b64713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c2791dba0134619" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Mittelkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,652</x:t>
-[...382 lines deleted...]
-          <x:t>78,744</x:t>
+          <x:t>78,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,917</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...100 lines deleted...]
-          <x:t>79,830</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>