--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7c58ad0d64548b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb292c4530ee4e7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c2791dba0134619"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc5652b32c3644e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89c2c81f06b64713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c2791dba0134619" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe62a0eff29486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc5652b32c3644e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Mittelkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>78,662</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,960</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>28.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,191</x:t>
-[...306 lines deleted...]
-          <x:t>79,226</x:t>
+          <x:t>78,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>