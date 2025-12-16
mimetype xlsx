--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f7decf3da0a471a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R851adf879fcd411d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f522c7b046c4338"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d299d539cbd4a67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1c2511c9fb742cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f522c7b046c4338" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50431d063f3b4b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d299d539cbd4a67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cLever handeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>84,525</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,852</x:t>
-[...350 lines deleted...]
-          <x:t>84,614</x:t>
+          <x:t>84,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>