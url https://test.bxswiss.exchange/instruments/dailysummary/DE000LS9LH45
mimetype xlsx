--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R851adf879fcd411d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b6b839547e64ff1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d299d539cbd4a67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a0757f1c0564418"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50431d063f3b4b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d299d539cbd4a67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R370afd170d054e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a0757f1c0564418" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cLever handeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,987</x:t>
-[...387 lines deleted...]
-          <x:t>83,283</x:t>
+          <x:t>82,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>