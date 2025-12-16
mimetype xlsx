--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84e615e2005f4998" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc850a159094d403e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36c2087600504f3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7b0398c63104df6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4da8a38dbac64fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36c2087600504f3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5df5df7927674cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7b0398c63104df6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SFC Anlagestrategie Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.292,606</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>1.298,287</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>