--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc850a159094d403e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re068af0600fe420c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7b0398c63104df6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R609bb54631a3453b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5df5df7927674cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7b0398c63104df6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b2f70314c4d4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R609bb54631a3453b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SFC Anlagestrategie Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>1.288,694</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.285,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.286,623</x:t>
-[...458 lines deleted...]
-          <x:t>1.294,991</x:t>
+          <x:t>1.287,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>