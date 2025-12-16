--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a463500900742f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96414c2ef62841a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e4095d07a154902"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61ab1d536e4c4ef4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R052e6c1844db4f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e4095d07a154902" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2f4d4431c24460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61ab1d536e4c4ef4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small &amp; Mid Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>149,945</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>