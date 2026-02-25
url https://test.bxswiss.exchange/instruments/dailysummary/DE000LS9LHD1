--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96414c2ef62841a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfcd113ac4eb40e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61ab1d536e4c4ef4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7f5bba3460649fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2f4d4431c24460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61ab1d536e4c4ef4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d7c0baeec4545db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7f5bba3460649fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small &amp; Mid Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>