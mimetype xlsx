--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6af20cc940384a99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2081f343cdd14cc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f7e0aa930074f59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd7135eb2ca542ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d7424cca89d4300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f7e0aa930074f59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f0c957aeb064159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd7135eb2ca542ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TSI Strategie Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>911,030</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>