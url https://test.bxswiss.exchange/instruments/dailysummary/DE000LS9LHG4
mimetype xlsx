--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2081f343cdd14cc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2c906120ea94248" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd7135eb2ca542ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd885c08366064a34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f0c957aeb064159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd7135eb2ca542ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a489954cec24c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd885c08366064a34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TSI Strategie Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>854,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>863,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>808,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>824,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>865,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>987,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.062,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>