--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7975367e109f4fc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51851790054e4ea3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40b353644c3b4dd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3251af068d74ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf560442d73a5487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40b353644c3b4dd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc08c4f950c0545d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3251af068d74ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Technologiekonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>81,986</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,799</x:t>
-[...97 lines deleted...]
-          <x:t>82,030</x:t>
+          <x:t>82,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,950</x:t>
-[...355 lines deleted...]
-          <x:t>82,132</x:t>
+          <x:t>82,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>