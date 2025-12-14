--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc32f3fcf3394ade" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18ae06b7a6144a67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cf16fb2375c4661"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41dd87ef40274dfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa9538c4b4c34dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cf16fb2375c4661" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db48f7b81954d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41dd87ef40274dfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendePlusChance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>250,937</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>