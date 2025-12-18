--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd633febf2e424088" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd65008613c044f9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d3d62992ea4410c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19c0ba6867914255"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cef5a03862b47f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d3d62992ea4410c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R968b7244bfd148da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19c0ba6867914255" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Agiles Trend Investing in DACH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LJ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,315</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>94,296</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,472</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>94,611</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,518</x:t>
-[...53 lines deleted...]
-          <x:t>94,393</x:t>
+          <x:t>94,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,458</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...262 lines deleted...]
-          <x:t>94,612</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>