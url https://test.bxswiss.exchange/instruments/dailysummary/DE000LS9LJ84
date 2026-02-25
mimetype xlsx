--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd65008613c044f9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27de92a37dbd4c4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19c0ba6867914255"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eff8ce42bfb4928"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R968b7244bfd148da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19c0ba6867914255" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ebb88e926f64f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eff8ce42bfb4928" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Agiles Trend Investing in DACH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LJ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>94,029</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,878</x:t>
-[...512 lines deleted...]
-          <x:t>94,309</x:t>
+          <x:t>93,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>