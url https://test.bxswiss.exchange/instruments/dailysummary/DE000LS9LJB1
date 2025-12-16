--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re294d9df7fbc4fc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ccb8b7baeb84fc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12d7c82b1e8e44d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra38f72f4412a48f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d96349c15064f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12d7c82b1e8e44d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9285c36d11147a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra38f72f4412a48f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertefinder Technologie 5G</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LJB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2.894,024</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.808,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.858,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.749,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.855,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.869,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.871,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.813,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.827,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.768,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.789,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.737,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.778,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.761,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.839,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.759,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.813,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.892,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.901,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.835,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.839,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.727,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.754,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.679,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.728,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.769,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.830,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.750,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.829,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.858,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.861,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.788,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.828,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.890,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.904,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.878,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.900,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.900,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.903,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.896,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.900,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.906,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.911,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.905,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.911,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.902,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.907,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.875,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.902,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.951,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.952,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.921,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.923,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.945,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.948,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.910,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.942,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.989,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.002,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.969,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.998,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.009,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.040,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.003,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.024,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.033,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.067,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.031,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.058,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.044,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.066,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.035,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.060,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.067,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.075,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.043,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.061,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.034,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.055,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.982,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.998,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.030,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.030,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.929,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.939,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.942,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.951,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.903,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.908,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>