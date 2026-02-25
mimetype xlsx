--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ccb8b7baeb84fc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd009d948e8304eb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra38f72f4412a48f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54660c954f16404f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9285c36d11147a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra38f72f4412a48f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d0d49315464b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54660c954f16404f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertefinder Technologie 5G</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LJB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.942,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.951,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.903,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.908,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.872,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.898,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.864,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.874,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.901,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.909,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.814,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.824,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.813,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.857,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.811,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.838,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.850,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.877,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.841,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.873,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.896,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.907,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.884,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.903,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.886,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.897,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.871,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.896,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.905,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.915,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.886,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.896,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.900,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.904,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.895,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.901,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.965,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.997,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.963,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.989,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.971,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.016,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.970,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.014,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.020,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.032,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.011,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.019,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.033,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.040,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.976,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.981,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.996,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.015,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.994,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.008,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.978,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.015,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.978,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.003,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.018,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.054,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.009,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.052,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.048,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.058,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.991,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.003,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>