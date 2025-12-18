--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06f93f7fbb194234" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38a350d9c92041d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb0a250128e6473d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R546b9ddfa2e54db3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d47734a5994077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb0a250128e6473d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3c794258f9f46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R546b9ddfa2e54db3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenselektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,676</x:t>
-[...387 lines deleted...]
-          <x:t>86,368</x:t>
+          <x:t>85,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>