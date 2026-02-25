--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38a350d9c92041d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80d61838203041b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R546b9ddfa2e54db3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d3dc5a6e8c740d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3c794258f9f46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R546b9ddfa2e54db3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3effe4ec45384bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d3dc5a6e8c740d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenselektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>89,426</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,412</x:t>
-[...161 lines deleted...]
-          <x:t>88,816</x:t>
+          <x:t>89,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>