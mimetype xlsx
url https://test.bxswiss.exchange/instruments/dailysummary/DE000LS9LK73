--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd35da3bb14e8484b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6bb5966aa84472c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R963fc569196a4458"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57751fd31ab548ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6767596f50b34c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R963fc569196a4458" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf46a841c51f94bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57751fd31ab548ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Global Ownership</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>175,600</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>