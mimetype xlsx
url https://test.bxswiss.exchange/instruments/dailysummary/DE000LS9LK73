--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6bb5966aa84472c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d67917b509471a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57751fd31ab548ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54ee889ac2c7430a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf46a841c51f94bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57751fd31ab548ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R866689aa12f04629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54ee889ac2c7430a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Global Ownership</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>