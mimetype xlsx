--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re211f9edb46741bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eab6a32a83444d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2dbaa04c0bb4a76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd01f8d0800484377"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb758c2ee2e84e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2dbaa04c0bb4a76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c58dd2dddbd4ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd01f8d0800484377" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tausendschön</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>147,812</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>