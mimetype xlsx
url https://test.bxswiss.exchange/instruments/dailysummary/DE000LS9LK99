--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eab6a32a83444d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8943e7167bb64330" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd01f8d0800484377"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdef54759b64e4942"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c58dd2dddbd4ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd01f8d0800484377" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R890c8ed616a947ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdef54759b64e4942" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tausendschön</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,577</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>