--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc77b84058b7c4088" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0818172cbcb046d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa8203a112b74484"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc09dddacf49943b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25bfedd7076f4165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa8203a112b74484" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3e5cf0dd39047f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc09dddacf49943b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien Defensiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>123,496</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>