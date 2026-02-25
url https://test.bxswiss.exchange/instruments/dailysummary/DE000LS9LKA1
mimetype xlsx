--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0818172cbcb046d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07780f6f5ecf4baa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc09dddacf49943b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2334d255318442c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3e5cf0dd39047f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc09dddacf49943b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R088c564ef6594640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2334d255318442c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien Defensiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>114,945</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,161</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>116,355</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>