--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6215b27df5a4ead" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a92ea2a912b473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea2a3c13ba8240f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79bd98d740ac49ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1c1679e72b04ba3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea2a3c13ba8240f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c9219589a3447c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79bd98d740ac49ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie-DividendenDF2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>166,798</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>