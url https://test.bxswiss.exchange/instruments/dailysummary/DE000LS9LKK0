--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04b3443cf6b44974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb92e873d3cd84d43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f9fdab5fffd404d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reafda4a2ae6b4535"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d9fe0b9e5e54289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f9fdab5fffd404d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9e0669d59954a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reafda4a2ae6b4535" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft  4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>344,071</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>