--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb92e873d3cd84d43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R562977e46c3b48ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reafda4a2ae6b4535"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdfc7aa067414975"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9e0669d59954a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reafda4a2ae6b4535" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49e8c13f4aec48fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdfc7aa067414975" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft  4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,409</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>