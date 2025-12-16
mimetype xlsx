--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R389895531a9d46f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b9f172c60f14d11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3982c949b2e44725"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6d3b3bac577432a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7c27e119a3947a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3982c949b2e44725" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e396f98918b4e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6d3b3bac577432a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Watchlist pro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>303,162</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>