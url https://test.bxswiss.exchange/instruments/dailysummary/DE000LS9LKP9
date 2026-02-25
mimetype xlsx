--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b9f172c60f14d11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80a2fae289924c03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6d3b3bac577432a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17a4169731ef414a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e396f98918b4e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6d3b3bac577432a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fc0f55ac9534eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17a4169731ef414a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Watchlist pro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>