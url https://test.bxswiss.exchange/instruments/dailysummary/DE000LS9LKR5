--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re61f50c0a2f14c31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56b577f5376d4e56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc56f0fb7b55f4005"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R606e37597c8f4f54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc078cd2e5c144bec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc56f0fb7b55f4005" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9509b8d7e2214e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R606e37597c8f4f54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>200,361</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>