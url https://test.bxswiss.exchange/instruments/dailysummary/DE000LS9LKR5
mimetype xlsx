--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56b577f5376d4e56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2170694b9ec14d83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R606e37597c8f4f54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R994ee14b4cd8499e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9509b8d7e2214e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R606e37597c8f4f54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40497bea834e4881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R994ee14b4cd8499e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>215,950</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,936</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>210,116</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>