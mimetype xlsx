--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re881d3a465b34060" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc42a71c79b4a40f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46415f9525424f39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47fdd104e8ba40b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde7bc0f488b1428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46415f9525424f39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb900b30180204a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47fdd104e8ba40b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technofundamentalist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>100,786</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,558</x:t>
-[...161 lines deleted...]
-          <x:t>100,609</x:t>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,678</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...262 lines deleted...]
-          <x:t>100,841</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>