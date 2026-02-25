--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc42a71c79b4a40f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd64c0328ad0a402e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47fdd104e8ba40b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cd3dab2ec7644d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb900b30180204a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47fdd104e8ba40b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34494ddb4c2e45a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cd3dab2ec7644d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technofundamentalist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>100,220</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,059</x:t>
-[...458 lines deleted...]
-          <x:t>100,710</x:t>
+          <x:t>100,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>